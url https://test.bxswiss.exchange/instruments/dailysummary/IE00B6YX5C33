--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e283a5685e14b57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe6aac7ceff4206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606b8237de924248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9b34706d4443b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aad905d99294744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606b8237de924248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac088c81efd64aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9b34706d4443b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5C33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>533,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>