--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe6aac7ceff4206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7fa780adef0499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9b34706d4443b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1701c85650da49ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac088c81efd64aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9b34706d4443b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98945adc4c404bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1701c85650da49ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5C33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>544,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>