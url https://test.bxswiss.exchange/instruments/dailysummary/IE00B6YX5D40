--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2433cbd65c9843a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd597a62a881848d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef4f44de66b4554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad337c6048b44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57090025c9849d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef4f44de66b4554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9795d7cfd1194ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad337c6048b44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5D40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>61,464</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,320</x:t>
-[...409 lines deleted...]
-          <x:t>61,384</x:t>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>