--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd597a62a881848d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53ab11d49984786" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad337c6048b44b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1984a3f2ee94472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9795d7cfd1194ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad337c6048b44b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127a24da1eb74080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1984a3f2ee94472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5D40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>61,978</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,243</x:t>
-[...409 lines deleted...]
-          <x:t>62,261</x:t>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>