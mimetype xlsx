--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61e623d65e44e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6342d9d373b447e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8709b88b63d7485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5fb7b60daa42e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c9a9f7109fe465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8709b88b63d7485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e2df8282e44870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5fb7b60daa42e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B74DQ490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>72,545</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>