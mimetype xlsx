--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6342d9d373b447e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232a8987078d4a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5fb7b60daa42e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cecaace60ed410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e2df8282e44870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5fb7b60daa42e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e98ef23be5c4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cecaace60ed410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B74DQ490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,317</x:t>
-[...63 lines deleted...]
-          <x:t>72,970</x:t>
+          <x:t>72,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>