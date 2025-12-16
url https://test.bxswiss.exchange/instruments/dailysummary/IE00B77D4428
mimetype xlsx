--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0075b282c4fe4718" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184eb54dc36446a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb4f24d8313c403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf225abb936a1494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re695c4c1398c4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb4f24d8313c403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3896799cba049ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf225abb936a1494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,716</x:t>
-[...43 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,219</x:t>
-[...117 lines deleted...]
-          <x:t>130,271</x:t>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>