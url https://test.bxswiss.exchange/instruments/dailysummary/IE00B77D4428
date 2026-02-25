--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184eb54dc36446a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ac7d0f9e7e4618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf225abb936a1494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6518505f55fe4d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3896799cba049ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf225abb936a1494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce4f2f5c0174599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6518505f55fe4d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>