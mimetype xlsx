--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf316ad8541ed4605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c08ae1695948bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1735164e972d4052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd577c4c9366a4573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ddca9b502e44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1735164e972d4052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2a3c4d21674a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd577c4c9366a4573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B78JSG98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>95,908</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...343 lines deleted...]
-          <x:t>96,999</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>