--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c08ae1695948bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d7a1df63344af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd577c4c9366a4573"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291f51c745a24897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2a3c4d21674a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd577c4c9366a4573" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33e2c92c4ab4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291f51c745a24897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B78JSG98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>97,145</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,826</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>98,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>