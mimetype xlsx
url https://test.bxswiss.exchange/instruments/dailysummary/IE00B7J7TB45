--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be264bb409444d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43bc6140b129443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69eb73c12f3c4912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777992147a034347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3507a9706534ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69eb73c12f3c4912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5895dd5a64044ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777992147a034347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Corporate Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7J7TB45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>73,166</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,392</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>72,606</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>