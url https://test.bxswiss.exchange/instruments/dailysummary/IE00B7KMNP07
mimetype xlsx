--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9777d52aa7844bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra891a0475b12413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R649a4ea1330e4dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ee060e5f684c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42d66ef56f84530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R649a4ea1330e4dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd9cabc804f4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ee060e5f684c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>36,367</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>