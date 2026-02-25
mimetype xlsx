--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra891a0475b12413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4176ab9218c4de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ee060e5f684c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5758df3907bf4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd9cabc804f4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ee060e5f684c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10335c27cb6143b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5758df3907bf4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,571</x:t>
-[...225 lines deleted...]
-          <x:t>40,635</x:t>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>