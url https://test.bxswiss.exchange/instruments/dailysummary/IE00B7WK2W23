--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064a232623114413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R553378c4b47240dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dabd0783974ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6769cffd7fab4de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a7ec716eac4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dabd0783974ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c04117f29d4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6769cffd7fab4de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS -  MSCI AC Asia ex Japan SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7WK2W23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>177,123</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>