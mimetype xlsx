--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8661b6c51cab483f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c633a5439d44a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde7ef75c9d52411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40097d21a8364a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13bcd1bec5614088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde7ef75c9d52411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R077ccbdfe6954774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40097d21a8364a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI Europe Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B86MWN23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>62,736</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,279</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>62,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,566</x:t>
-[...301 lines deleted...]
-          <x:t>62,555</x:t>
+          <x:t>62,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>