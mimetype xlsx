--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08495c8589574c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0bc7eaa7280492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re332f9aac3a74059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5556fa1b637b4044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea1688b8ea844331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re332f9aac3a74059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6201549d0ee4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5556fa1b637b4044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>96,731</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>