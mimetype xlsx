--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0bc7eaa7280492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61c23c2c24f4c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5556fa1b637b4044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a54fa26c9374c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6201549d0ee4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5556fa1b637b4044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd56d4b6cbd4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a54fa26c9374c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>94,264</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,214</x:t>
-[...16 lines deleted...]
-          <x:t>94,675</x:t>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,434</x:t>
-[...463 lines deleted...]
-          <x:t>95,281</x:t>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>