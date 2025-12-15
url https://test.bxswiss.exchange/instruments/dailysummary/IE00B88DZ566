--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ce3e5a92644542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5295c4a3cdad4750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e89ea9bdb04f81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42bd342c779c405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69898c1739944612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e89ea9bdb04f81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8805b82b6f7b4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42bd342c779c405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>100,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>