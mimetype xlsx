--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5295c4a3cdad4750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9629ad246e4dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42bd342c779c405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be3a52446c24e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8805b82b6f7b4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42bd342c779c405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c87ee8eb674f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be3a52446c24e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>100,039</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,530</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>101,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>