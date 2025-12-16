--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914ea8d5d2f64cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d672cc587d497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc451d6e6e1a141a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R881d644b24a34ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf580b515cb064251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc451d6e6e1a141a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6bf304b63c4403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R881d644b24a34ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>62,756</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>