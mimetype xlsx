--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d672cc587d497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ece01d45214bf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R881d644b24a34ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f0569bc17f4586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6bf304b63c4403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R881d644b24a34ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84acd0e7fd81453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f0569bc17f4586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>65,022</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,915</x:t>
-[...75 lines deleted...]
-          <x:t>64,559</x:t>
+          <x:t>64,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>65,152</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>