--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12af465b518f4ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff213c4d5934112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d12b986aa2041e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R509ad78622714fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369d85a0876a4fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d12b986aa2041e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901cfe398d284ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R509ad78622714fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,149</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>