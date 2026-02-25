--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff213c4d5934112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7767a5992e3e4558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R509ad78622714fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R337f47973701490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901cfe398d284ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R509ad78622714fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9bbb9e543cf4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R337f47973701490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>86,035</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,734</x:t>
-[...193 lines deleted...]
-          <x:t>86,686</x:t>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>