--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876f1e468be642d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f9fab48a164d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92dbf22a627f4198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a07797f5e7410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94403888f10143e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92dbf22a627f4198" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re409e3e9a3944d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a07797f5e7410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>39,949</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,977</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>40,872</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>