--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f9fab48a164d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6019770749084dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a07797f5e7410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c962b1b4894fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re409e3e9a3944d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a07797f5e7410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ca0ae0e50b4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c962b1b4894fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>