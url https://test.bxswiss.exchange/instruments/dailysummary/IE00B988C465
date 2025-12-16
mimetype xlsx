--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32660608ae65406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11106994aadc4f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e60858d23d643d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9767b539ff3646c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a03dd6ecb3f4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e60858d23d643d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78005905cd142f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9767b539ff3646c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Global High Yield Corp Bond CHF Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B988C465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,803</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>