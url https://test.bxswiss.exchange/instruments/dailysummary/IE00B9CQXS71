--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612ae99a56b84ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa587409f364dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea99e4e52df944d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08cde369bbc84e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa3bf4eb3054400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea99e4e52df944d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6a15c114b64fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08cde369bbc84e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Global Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9CQXS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>28,683</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,766</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>28,652</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,286</x:t>
-[...259 lines deleted...]
-          <x:t>28,573</x:t>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,473</x:t>
-[...31 lines deleted...]
-          <x:t>28,882</x:t>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>