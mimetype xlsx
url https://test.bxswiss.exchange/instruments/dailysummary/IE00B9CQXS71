--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa587409f364dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a3e46ee6da84452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08cde369bbc84e90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1889dc830a14e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6a15c114b64fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08cde369bbc84e90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf072772c5d4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1889dc830a14e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Global Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9CQXS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>29,364</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,218</x:t>
-[...26 lines deleted...]
-          <x:t>29,267</x:t>
+          <x:t>29,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>29,188</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>29,255</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,074</x:t>
-[...85 lines deleted...]
-          <x:t>29,335</x:t>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>