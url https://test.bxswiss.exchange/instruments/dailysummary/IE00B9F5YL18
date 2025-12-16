--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1cbd5d7fa147ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d192de2ff434afc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R906b15c0386444f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98da1486a1d8454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20d95e7d5f94a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R906b15c0386444f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947ffe528bd34e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98da1486a1d8454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9F5YL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>23,880</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,861</x:t>
-[...382 lines deleted...]
-          <x:t>24,144</x:t>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>