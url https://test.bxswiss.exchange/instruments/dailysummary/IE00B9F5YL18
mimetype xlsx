--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d192de2ff434afc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40882345c9f44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98da1486a1d8454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22dd58475c6945e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947ffe528bd34e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98da1486a1d8454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a786e7b68d47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22dd58475c6945e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9F5YL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>24,721</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>25,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>