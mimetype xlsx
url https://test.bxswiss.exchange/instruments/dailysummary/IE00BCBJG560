--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R478111d04b4d470c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f61b2c93c84436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f39c42d994a4042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a42e491dd034a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d3ecf8dc424ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f39c42d994a4042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f30d7f1ea974d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a42e491dd034a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,878</x:t>
-[...576 lines deleted...]
-          <x:t>99,505</x:t>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>