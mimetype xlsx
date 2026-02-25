--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f61b2c93c84436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe39ac8e9d1a497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a42e491dd034a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc35a233bb3e041f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f30d7f1ea974d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a42e491dd034a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdcaa42f97394962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc35a233bb3e041f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>