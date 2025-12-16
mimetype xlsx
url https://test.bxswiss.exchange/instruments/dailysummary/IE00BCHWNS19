--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421ce0dd80ae4385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09201cfc5a7f4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25341db405284e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1a34c645214243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c472c6d36640ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25341db405284e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e1fc905597e4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1a34c645214243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Energy UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNS19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>36,175</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,171</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>37,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>