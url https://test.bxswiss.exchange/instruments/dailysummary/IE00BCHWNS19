--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09201cfc5a7f4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82581b30160f48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1a34c645214243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R187c9c0ca329455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e1fc905597e4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1a34c645214243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38b84c582cf4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R187c9c0ca329455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Energy UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNS19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>