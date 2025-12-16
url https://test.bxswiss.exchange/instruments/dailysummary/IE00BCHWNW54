--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa63f500d1e84e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe67697c27854d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a52814edac74cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2c4c54913e245d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02083dadcff40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a52814edac74cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a0c2c2ed7340a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2c4c54913e245d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Health Care UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNW54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>44,435</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>