--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d908ba645e48f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1769c5574c4c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287a9e3fdb414721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f92d0d6e4c14b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad569f0d9ff463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287a9e3fdb414721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf017b1f2748a447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f92d0d6e4c14b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Mid Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRD08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,849</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,821</x:t>
-[...144 lines deleted...]
-          <x:t>62,932</x:t>
+          <x:t>63,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>