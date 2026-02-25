--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1769c5574c4c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fd8ba06d534345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f92d0d6e4c14b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce6ae40908e4a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf017b1f2748a447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f92d0d6e4c14b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718c7e8d74d149ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce6ae40908e4a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Mid Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRD08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>64,788</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,467</x:t>
-[...161 lines deleted...]
-          <x:t>64,937</x:t>
+          <x:t>64,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>