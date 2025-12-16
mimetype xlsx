--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec5ddef8af04438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4245929f0747a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85af945af3d449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3c7562a67e4d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1023ebbd7e91435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85af945af3d449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a59da293e741e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3c7562a67e4d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI EMU Large Cap UCITS ETF Acc</x:t>
+          <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>61,936</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>