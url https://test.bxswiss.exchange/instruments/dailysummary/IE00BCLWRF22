--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4245929f0747a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf738a2cf4097409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3c7562a67e4d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b43864612b84f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a59da293e741e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3c7562a67e4d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62265cfe9e1848c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b43864612b84f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>68,682</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,469</x:t>
-[...33 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,519</x:t>
-[...36 lines deleted...]
-          <x:t>69,143</x:t>
+          <x:t>69,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>