--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c504b68336477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red645a3768d446ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11202757689c4551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f357448b1e4634"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38ea786b7eb4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11202757689c4551" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e41e28817849cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f357448b1e4634" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan USD Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRG39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>70,555</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>