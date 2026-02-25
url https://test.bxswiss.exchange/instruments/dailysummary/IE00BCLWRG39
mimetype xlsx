--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red645a3768d446ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f19897a70434759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f357448b1e4634"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27fb42fd5ccd4685"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e41e28817849cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f357448b1e4634" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8299f64d5874f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27fb42fd5ccd4685" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan USD Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRG39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>