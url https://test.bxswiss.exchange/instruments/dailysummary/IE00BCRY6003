--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98955c7193254771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4cc7ef6a3a747ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R012c53000bf04918"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0feb32c07cb24f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42e25a2a50647c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R012c53000bf04918" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58148feba9c94e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0feb32c07cb24f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>71,360</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,130</x:t>
-[...323 lines deleted...]
-          <x:t>71,563</x:t>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>