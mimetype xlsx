--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4cc7ef6a3a747ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R493f273463e24c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0feb32c07cb24f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5750ce2895a64193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58148feba9c94e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0feb32c07cb24f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca641d380cfb4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5750ce2895a64193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>