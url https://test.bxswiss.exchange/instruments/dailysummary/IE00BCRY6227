--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9abf4dd5fbe42e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546d23c442f54baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R512d8feb539949e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c3bae009b049ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7b736f796f477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R512d8feb539949e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5d738631d34bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c3bae009b049ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Ultrashort Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,650</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>