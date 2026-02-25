--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546d23c442f54baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9658379197864190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c3bae009b049ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2398607dd346b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5d738631d34bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c3bae009b049ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736e0f1d87454656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2398607dd346b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Ultrashort Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>