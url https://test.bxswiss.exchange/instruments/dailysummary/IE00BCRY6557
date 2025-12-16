--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R884ec0e9ecf14905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1c941007e6423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65787d469a89446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551bdcb45b9a4f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf8c2427e7d43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65787d469a89446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae04a41a82cb4e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551bdcb45b9a4f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV EUR Ultrashort Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,158</x:t>
-[...507 lines deleted...]
-          <x:t>94,956</x:t>
+          <x:t>95,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,154</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>95,126</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>