--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1c941007e6423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630cb7c561a74f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551bdcb45b9a4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f32f87dddee4361"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae04a41a82cb4e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551bdcb45b9a4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8e3e29d9d144b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f32f87dddee4361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV EUR Ultrashort Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,047</x:t>
-[...502 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,080</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>94,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>