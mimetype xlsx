--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600558cee5e74b49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92943ab0d254237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1184652f30764d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e46a1e36fc4de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034d2c906e144890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1184652f30764d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc47a1925db34de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e46a1e36fc4de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD0Q9673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,711</x:t>
-[...161 lines deleted...]
-          <x:t>17,420</x:t>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,263</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>17,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>