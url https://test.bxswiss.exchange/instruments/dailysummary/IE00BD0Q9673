--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92943ab0d254237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3817a2c55fe04f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e46a1e36fc4de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9952cb99278456f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc47a1925db34de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e46a1e36fc4de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd263392e058b4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9952cb99278456f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD0Q9673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>17,769</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,729</x:t>
-[...431 lines deleted...]
-          <x:t>17,263</x:t>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>