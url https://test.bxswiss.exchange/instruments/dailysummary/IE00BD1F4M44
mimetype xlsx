--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R043ad199048642fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743ff5a47fe54955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9103fc7912b475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ac647a3a84477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0bbddf777b1440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9103fc7912b475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53e12243fa14558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ac647a3a84477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4M44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>9,410</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,369</x:t>
-[...58 lines deleted...]
-          <x:t>9,487</x:t>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>