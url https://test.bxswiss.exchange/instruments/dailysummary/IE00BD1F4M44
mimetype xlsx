--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743ff5a47fe54955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1153f58dc85442f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ac647a3a84477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48cc7fe11f7e4ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53e12243fa14558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ac647a3a84477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R414ce9ba445a42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48cc7fe11f7e4ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4M44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>10,156</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,182</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>10,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,173</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>10,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,326</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>10,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>