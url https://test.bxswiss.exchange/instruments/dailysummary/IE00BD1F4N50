--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d24555c2f6a40c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b95ff4bc484fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ae432ffb1e44aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da9ddf11ea5429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e13a15331e4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ae432ffb1e44aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd45a4956a7d7424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da9ddf11ea5429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>13,811</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,608</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,768</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>13,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,672</x:t>
-[...291 lines deleted...]
-          <x:t>13,961</x:t>
+          <x:t>13,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,908</x:t>
+          <x:t>13,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>