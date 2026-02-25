--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b95ff4bc484fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c56b73813b4cb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da9ddf11ea5429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845dd88698c747cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd45a4956a7d7424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da9ddf11ea5429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R108bc7e8410f4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845dd88698c747cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>13,768</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,896</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,000</x:t>
-[...124 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,126</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>14,162</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,026</x:t>
-[...16 lines deleted...]
-          <x:t>13,975</x:t>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,774</x:t>
-[...58 lines deleted...]
-          <x:t>13,790</x:t>
+          <x:t>14,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>