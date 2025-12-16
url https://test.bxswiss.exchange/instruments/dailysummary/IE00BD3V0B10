--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d17f5a2a06442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3152022faaa248a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa57fbb16e94601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909b524392314a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf38cac35e743a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa57fbb16e94601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483b1692f4dc4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909b524392314a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>5,735</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,644</x:t>
-[...26 lines deleted...]
-          <x:t>5,706</x:t>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>5,723</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>