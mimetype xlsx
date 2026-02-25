--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3152022faaa248a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd32329969a43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909b524392314a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b59ba2fda94ad9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483b1692f4dc4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909b524392314a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9158e8863c4dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b59ba2fda94ad9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>6,061</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,137</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>6,158</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>