--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ac40c34e8c47d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd801d983bd674492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd9c78d907a46c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f0867991704409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bb7e261fead46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd9c78d907a46c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95c3b513a3f4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f0867991704409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DX952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>8,480</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,460</x:t>
-[...70 lines deleted...]
-          <x:t>8,420</x:t>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,413</x:t>
-[...4 lines deleted...]
-          <x:t>8,503</x:t>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>