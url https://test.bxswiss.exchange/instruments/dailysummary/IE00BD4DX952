--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd801d983bd674492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc763a2fcd5034141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f0867991704409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58606c51e417405b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra95c3b513a3f4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f0867991704409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49264aa8f2804a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58606c51e417405b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DX952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,520</x:t>
-[...16 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>8,581</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,570</x:t>
-[...6 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,644</x:t>
-[...188 lines deleted...]
-          <x:t>8,707</x:t>
+          <x:t>8,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,659</x:t>
-[...296 lines deleted...]
-          <x:t>8,546</x:t>
+          <x:t>8,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>