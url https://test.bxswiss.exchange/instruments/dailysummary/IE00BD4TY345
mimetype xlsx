--- v0 (2025-12-15)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162ad46861214f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9388cd5823c401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c709a8b046f4435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a626068564f42e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec744086782d403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c709a8b046f4435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bcd63b0b064473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a626068564f42e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI Australia UCITS ETF AUD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>20,414</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>20,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,355</x:t>
-[...31 lines deleted...]
-          <x:t>20,399</x:t>
+          <x:t>20,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>