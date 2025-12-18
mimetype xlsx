--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a755943108441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a4653ab3fd459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccc7ea0e7124ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fc1c5c51274b16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723ca6e9d1144dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccc7ea0e7124ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe6c482f713a4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fc1c5c51274b16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA hedged to EUR UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYG73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>48,059</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>