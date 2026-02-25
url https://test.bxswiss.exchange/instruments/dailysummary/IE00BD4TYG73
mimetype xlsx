--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a4653ab3fd459d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d76b08dbff4781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fc1c5c51274b16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626cb4b3ea694b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe6c482f713a4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fc1c5c51274b16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a50cbd4a6848cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626cb4b3ea694b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA hedged to EUR UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYG73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>49,132</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,948</x:t>
-[...107 lines deleted...]
-          <x:t>48,234</x:t>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>