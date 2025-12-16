--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59eb660e42104a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093ce0dc754c4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9316b0b595d64c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7db16b72cd426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24b50eebc26d40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9316b0b595d64c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf530898081494a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7db16b72cd426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>47,637</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,759</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,996</x:t>
-[...97 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>47,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,132</x:t>
-[...9 lines deleted...]
-          <x:t>48,060</x:t>
+          <x:t>47,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>