--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093ce0dc754c4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b066476c3747ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7db16b72cd426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd2406e560d4e30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf530898081494a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7db16b72cd426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da8666e85e941ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd2406e560d4e30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>49,109</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,608</x:t>
-[...139 lines deleted...]
-          <x:t>48,685</x:t>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>