--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccedc8e33f6440f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd966cfc6644f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc63fd38ac0eb4281"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639a8ead67a64da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5688ea12e26e4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc63fd38ac0eb4281" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6842ed53904a45f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639a8ead67a64da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>8,809</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,798</x:t>
-[...16 lines deleted...]
-          <x:t>8,816</x:t>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,763</x:t>
-[...21 lines deleted...]
-          <x:t>8,764</x:t>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,784</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...474 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,782</x:t>
-[...53 lines deleted...]
-          <x:t>8,795</x:t>
+          <x:t>8,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>