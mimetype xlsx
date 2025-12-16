--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e522cf954a43f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac94fa8a5f5468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e74b027cd9e4d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R616af7804057433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b74819615da4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e74b027cd9e4d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690046cf21254bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R616af7804057433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>11,734</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,791</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>11,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,579</x:t>
-[...254 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,990</x:t>
-[...279 lines deleted...]
-          <x:t>12,092</x:t>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>