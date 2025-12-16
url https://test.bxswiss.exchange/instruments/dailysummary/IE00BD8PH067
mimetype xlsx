--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb144fccec02942b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de82b421c024353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdab57cdf02ad4459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd679914afd424b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e673c3905c84f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdab57cdf02ad4459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523c0d89595c4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd679914afd424b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 20+yr UCITS ETF CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8PH067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,658</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,631</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>2,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>