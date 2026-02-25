--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de82b421c024353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6019fe477523458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd679914afd424b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa18f08fb0984baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523c0d89595c4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd679914afd424b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0bc5e0c98194fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa18f08fb0984baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 20+yr UCITS ETF CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8PH067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>2,668</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,656</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,622</x:t>
-[...26 lines deleted...]
-          <x:t>2,631</x:t>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>