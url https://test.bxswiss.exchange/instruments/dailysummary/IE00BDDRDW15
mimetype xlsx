--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32678a14057e4aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a477bff4dc409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94759563b15e4bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra540b1552f624fda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10315430a2024474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94759563b15e4bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a7973fedda4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra540b1552f624fda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares II J.P. Morgan ESG $ EM Bond UCITS ETF USD Dist</x:t>
+          <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,384</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,414</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,406</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,436</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>4,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,446</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>4,441</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>4,464</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>