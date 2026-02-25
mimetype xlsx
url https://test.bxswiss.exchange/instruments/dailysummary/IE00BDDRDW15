--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a477bff4dc409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80caeeee02c4454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra540b1552f624fda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a29aabe2534f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a7973fedda4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra540b1552f624fda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f3c61f8c4b04b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a29aabe2534f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>4,419</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,409</x:t>
-[...16 lines deleted...]
-          <x:t>4,426</x:t>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,442</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,426</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,426</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>4,452</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>4,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>