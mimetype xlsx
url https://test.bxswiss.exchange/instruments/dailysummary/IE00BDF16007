--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc07a79ada114721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4067e26f5d624447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab6393f44604ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54295fa47a74426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1b32b8bb434ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab6393f44604ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0c642c3e9a4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54295fa47a74426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>21,218</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>