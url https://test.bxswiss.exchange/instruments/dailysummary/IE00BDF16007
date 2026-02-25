--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4067e26f5d624447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ee7f9ebaa546d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54295fa47a74426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222f6e5b24774fed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0c642c3e9a4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54295fa47a74426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab59da9cf6e74e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222f6e5b24774fed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>21,752</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,659</x:t>
-[...247 lines deleted...]
-          <x:t>21,871</x:t>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>