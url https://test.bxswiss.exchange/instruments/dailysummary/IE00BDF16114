--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5e8e322cd54fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d20aac4536f4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ba4925495b41d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R043460c989904890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb53d88b73c8d4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ba4925495b41d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra784fd913bd54994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R043460c989904890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>21,113</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,951</x:t>
-[...102 lines deleted...]
-          <x:t>20,962</x:t>
+          <x:t>21,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,002</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>21,064</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>