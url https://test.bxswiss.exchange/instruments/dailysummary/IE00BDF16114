--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d20aac4536f4529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad7b3c170dc4af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R043460c989904890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d4ea3b94164aa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra784fd913bd54994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R043460c989904890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba64611f2f7342b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d4ea3b94164aa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>20,890</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,006</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>21,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,914</x:t>
-[...58 lines deleted...]
-          <x:t>21,078</x:t>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>