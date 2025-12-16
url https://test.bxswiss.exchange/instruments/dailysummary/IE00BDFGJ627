--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52c53c6560240c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e805679f724290" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e3aad74ca74466"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdbb75dec8b42db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d54917754d4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e3aad74ca74466" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d513fd3adb74346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdbb75dec8b42db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ Floating Rate Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFGJ627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,116</x:t>
-[...16 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,118</x:t>
-[...21 lines deleted...]
-          <x:t>5,115</x:t>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,107</x:t>
-[...517 lines deleted...]
-          <x:t>5,089</x:t>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>