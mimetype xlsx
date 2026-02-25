--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e805679f724290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf64407cff96f45f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdbb75dec8b42db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf523e96ee94c46eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d513fd3adb74346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdbb75dec8b42db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f95ff9e315447d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf523e96ee94c46eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ Floating Rate Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFGJ627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,053</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,093</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,128</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,126</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,122</x:t>
-[...161 lines deleted...]
-          <x:t>5,166</x:t>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,169</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,186</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,163</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>5,158</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>5,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>