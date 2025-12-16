--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe23b7f66ccb4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc181ee073b9c4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3f34b50f094f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1067ea996dec4aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656b01e2dd784de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3f34b50f094f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99e2bea2f00346ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1067ea996dec4aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Diversified Commodity Swap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFL4P12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>7,542</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>