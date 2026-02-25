--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc181ee073b9c4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e6328c63c74bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1067ea996dec4aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc81e9e4a0d64df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99e2bea2f00346ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1067ea996dec4aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c78670994e47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc81e9e4a0d64df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Diversified Commodity Swap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFL4P12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,902</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>7,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,891</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>8,022</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,007</x:t>
-[...107 lines deleted...]
-          <x:t>8,071</x:t>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,148</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>7,877</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>