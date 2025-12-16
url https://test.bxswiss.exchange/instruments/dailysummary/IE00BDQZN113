--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32a3563b1534a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ad69f7ba2948b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03bebe612cc7400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08fa237da3354af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f89cb810fc4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03bebe612cc7400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52337cb4803d4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08fa237da3354af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>21,882</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>