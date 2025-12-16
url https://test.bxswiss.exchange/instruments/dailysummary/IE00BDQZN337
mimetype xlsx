--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb365fd44013843d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0450db4b68e945f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1fa69c6bd94cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc135ea7a744ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe916667ef541fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1fa69c6bd94cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca89933554974336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc135ea7a744ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>20,248</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,257</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>20,672</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>