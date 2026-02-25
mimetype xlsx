--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0450db4b68e945f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a29fc5ee07f4af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc135ea7a744ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95cc374ba5e24de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca89933554974336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc135ea7a744ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9843ea2332b84d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95cc374ba5e24de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,320</x:t>
-[...80 lines deleted...]
-          <x:t>21,466</x:t>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,405</x:t>
-[...6 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>20,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,374</x:t>
-[...90 lines deleted...]
-          <x:t>21,291</x:t>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>