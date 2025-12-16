--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2674091da65b427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c9d4a795814d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref233f9386e44c44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e62c96c283341ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982ee3983d014e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref233f9386e44c44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b853cd09f224234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e62c96c283341ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>18,070</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,000</x:t>
-[...161 lines deleted...]
-          <x:t>18,231</x:t>
+          <x:t>18,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>