--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf256ca415274acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dee0169f46c4d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10761a4a61fa4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edbdaa41e904712"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0126005f990041be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10761a4a61fa4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e461c0c76c4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edbdaa41e904712" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>17,418</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,483</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>17,474</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,449</x:t>
-[...4 lines deleted...]
-          <x:t>17,705</x:t>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>