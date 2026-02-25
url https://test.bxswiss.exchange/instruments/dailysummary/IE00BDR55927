--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dee0169f46c4d8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d97b8dd4549473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edbdaa41e904712"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25686e2cce244076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e461c0c76c4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edbdaa41e904712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96115d1609ef40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25686e2cce244076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>18,512</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,090</x:t>
-[...6 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,304</x:t>
-[...53 lines deleted...]
-          <x:t>18,282</x:t>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,229</x:t>
-[...107 lines deleted...]
-          <x:t>18,136</x:t>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>