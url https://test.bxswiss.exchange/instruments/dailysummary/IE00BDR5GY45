--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0cdaad36424a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c778181ecb481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f10ace568a64bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e73a9d988dc4702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fa5c915a1a4d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f10ace568a64bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6caefed6a5ec41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e73a9d988dc4702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - Global Gender Equality UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GY45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>22,565</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>