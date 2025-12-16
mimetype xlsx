--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6143fea009034c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50dda66534c64d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf35db32e6c454478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a97244f212f4a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R952fbea5d277440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf35db32e6c454478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc925e266d3e64f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a97244f212f4a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5HM97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,403</x:t>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,391</x:t>
-[...11 lines deleted...]
-          <x:t>10,388</x:t>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,370</x:t>
-[...11 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,462</x:t>
-[...48 lines deleted...]
-          <x:t>10,479</x:t>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,379</x:t>
-[...48 lines deleted...]
-          <x:t>10,367</x:t>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,353</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>10,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,431</x:t>
-[...360 lines deleted...]
-          <x:t>10,456</x:t>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>