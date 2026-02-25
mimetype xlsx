--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50dda66534c64d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02563e25ac00466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a97244f212f4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c5eb0285124674"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc925e266d3e64f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a97244f212f4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re067ed26741d4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c5eb0285124674" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5HM97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,395</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,380</x:t>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,506</x:t>
-[...306 lines deleted...]
-          <x:t>10,352</x:t>
+          <x:t>10,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>