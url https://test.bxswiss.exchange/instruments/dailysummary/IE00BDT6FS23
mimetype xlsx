--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757d3ecfeacf40a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra151af4219ff4596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb53766c8ce47dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67f4b8c3421c47b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60fe079070bb4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb53766c8ce47dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeae8505fdc74ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67f4b8c3421c47b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,399</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>