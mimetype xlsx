--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra151af4219ff4596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c614335935e4e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67f4b8c3421c47b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58e7faf1b6c349c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeae8505fdc74ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67f4b8c3421c47b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e96a1b4d9cf45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58e7faf1b6c349c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>43,172</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,915</x:t>
-[...539 lines deleted...]
-          <x:t>43,369</x:t>
+          <x:t>43,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>