--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6afd1b8e50f4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502648effc6f42a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a0d7d7faf94b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb61ae191d0d94b50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3aa412c0cd47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a0d7d7faf94b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813c0e25d0b64602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb61ae191d0d94b50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 QVM UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZCKK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,877</x:t>
-[...21 lines deleted...]
-          <x:t>53,216</x:t>
+          <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,016</x:t>
-[...178 lines deleted...]
-          <x:t>53,381</x:t>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,978</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>54,082</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>53,862</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>